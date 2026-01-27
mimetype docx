--- v0 (2025-10-20)
+++ v1 (2026-01-27)
@@ -1,137 +1,201 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="23A48D23" w14:textId="77777777" w:rsidR="00B93F4E" w:rsidRPr="00D74515" w:rsidRDefault="009C20DE" w:rsidP="0041717D">
+    <w:p w14:paraId="23A48D23" w14:textId="67852045" w:rsidR="00B93F4E" w:rsidRPr="00D74515" w:rsidRDefault="009C20DE" w:rsidP="0041717D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D74515">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Informācija par piemaksām, prēmijām, naudas balvām, sociālajām garantijām un to noteikšanas kritērijiem </w:t>
+        <w:t>Informācija par piemaksām, naudas balv</w:t>
+      </w:r>
+      <w:r w:rsidR="00E14ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D74515">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sociālajām garantijām un to noteikšanas kritērijiem </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79011674" w14:textId="316C3893" w:rsidR="009C20DE" w:rsidRPr="00D74515" w:rsidRDefault="00A35540" w:rsidP="0041717D">
+    <w:p w14:paraId="79011674" w14:textId="5EB47DA5" w:rsidR="009C20DE" w:rsidRPr="00D74515" w:rsidRDefault="00A35540" w:rsidP="0041717D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D74515">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Latvijas </w:t>
       </w:r>
       <w:r w:rsidR="009C20DE" w:rsidRPr="00D74515">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Valsts prezidenta kancelejā</w:t>
       </w:r>
+      <w:r w:rsidR="00953442">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4A8596FA" w14:textId="77777777" w:rsidR="00A757A5" w:rsidRPr="00D74515" w:rsidRDefault="00A757A5" w:rsidP="00A757A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="019536F8" w14:textId="0882410B" w:rsidR="009C20DE" w:rsidRPr="00B0732F" w:rsidRDefault="009C20DE" w:rsidP="0041717D">
+    <w:p w14:paraId="019536F8" w14:textId="5AA42FA2" w:rsidR="009C20DE" w:rsidRPr="00B0732F" w:rsidRDefault="009C20DE" w:rsidP="0041717D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B0732F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>Informācija par piemaksām, prēmijām un naudas balvām un to noteikšanas kritērijiem</w:t>
+        <w:t>Informācija par piemaksām</w:t>
+      </w:r>
+      <w:r w:rsidR="00E96B55">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0732F">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> naudas balv</w:t>
+      </w:r>
+      <w:r w:rsidR="00E14ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0732F">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un to noteikšanas kritērijiem</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="14029" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="704"/>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="3969"/>
         <w:gridCol w:w="5954"/>
       </w:tblGrid>
       <w:tr w:rsidR="009C20DE" w:rsidRPr="00B0732F" w14:paraId="6BBAC2BD" w14:textId="77777777" w:rsidTr="0088293C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4EE70453" w14:textId="64F5C00D" w:rsidR="009C20DE" w:rsidRPr="00B0732F" w:rsidRDefault="009C20DE" w:rsidP="0041717D">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
@@ -168,115 +232,121 @@
             </w:r>
             <w:r w:rsidR="003E755B" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F9DB29B" w14:textId="2EFCABFD" w:rsidR="009C20DE" w:rsidRPr="00B0732F" w:rsidRDefault="003E755B" w:rsidP="0041717D">
+          <w:p w14:paraId="0F9DB29B" w14:textId="57700A35" w:rsidR="009C20DE" w:rsidRPr="00B0732F" w:rsidRDefault="003E755B" w:rsidP="0041717D">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>Piemaksas vai prēmijas veids, naudas balva</w:t>
+              <w:t>Piemaksas veids, naudas balva</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FD99E9B" w14:textId="61571964" w:rsidR="009C20DE" w:rsidRPr="00B0732F" w:rsidRDefault="003E755B" w:rsidP="0041717D">
+          <w:p w14:paraId="2FD99E9B" w14:textId="0044757D" w:rsidR="009C20DE" w:rsidRPr="00B0732F" w:rsidRDefault="003E755B" w:rsidP="0041717D">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>Piemaksas, prēmijas vai naudas balvas apmērs (</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Piemaksas</w:t>
+            </w:r>
+            <w:r w:rsidR="005E17F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>vai naudas balvas apmērs (</w:t>
+            </w:r>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>euro</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">euro </w:t>
             </w:r>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>vai %)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4AA65FEC" w14:textId="721D198A" w:rsidR="009C20DE" w:rsidRPr="00B0732F" w:rsidRDefault="003E755B" w:rsidP="0041717D">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
@@ -332,157 +402,234 @@
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00D56D43" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>iemaksa par prombūtnē esošas amatpersonas (darbinieka) aizvietošanu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="653FBE84" w14:textId="1A9D93D6" w:rsidR="00D56D43" w:rsidRPr="00B0732F" w:rsidRDefault="007B182F" w:rsidP="0041717D">
+          <w:p w14:paraId="653FBE84" w14:textId="0F0584D1" w:rsidR="00D56D43" w:rsidRPr="00B0732F" w:rsidRDefault="007B182F" w:rsidP="0041717D">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Ne vairāk kā </w:t>
             </w:r>
+            <w:r w:rsidR="00953442">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00953442" w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
             <w:r w:rsidR="00D56D43" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>30% no mēnešalgas</w:t>
+              <w:t>% no mēnešalgas</w:t>
             </w:r>
             <w:r w:rsidR="000851C5" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="597CC2B1" w14:textId="5532267B" w:rsidR="00D56D43" w:rsidRPr="00B0732F" w:rsidRDefault="00C141A3" w:rsidP="0041717D">
+          <w:p w14:paraId="2774C028" w14:textId="69356F78" w:rsidR="00D56D43" w:rsidRDefault="00C141A3" w:rsidP="0041717D">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00D56D43" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>tlīdzības likuma</w:t>
             </w:r>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
             <w:r w:rsidR="00D56D43" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> 14.</w:t>
             </w:r>
-            <w:r w:rsidR="00A35540" w:rsidRPr="00B0732F">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="00BA22E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00D56D43" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>panta pirmā un trešā daļa</w:t>
             </w:r>
             <w:r w:rsidR="000851C5" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="597CC2B1" w14:textId="2E7FE7D7" w:rsidR="00953442" w:rsidRPr="00B0732F" w:rsidRDefault="00953442" w:rsidP="0041717D">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MK </w:t>
+            </w:r>
+            <w:r w:rsidR="009C1354">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2026. gada 13. janvāra </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>noteikum</w:t>
+            </w:r>
+            <w:r w:rsidR="004340D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>u Nr. 13</w:t>
+            </w:r>
+            <w:r w:rsidR="004340D8">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:footnoteReference w:id="2"/>
+            </w:r>
+            <w:r w:rsidR="004340D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3. punkts.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D56D43" w:rsidRPr="00B0732F" w14:paraId="2A2B3C6A" w14:textId="77777777" w:rsidTr="0088293C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6CC8A902" w14:textId="05693B9D" w:rsidR="00D56D43" w:rsidRPr="00B0732F" w:rsidRDefault="004442C4" w:rsidP="0041717D">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>2.</w:t>
@@ -513,1381 +660,1307 @@
             </w:r>
             <w:r w:rsidR="00D56D43" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>iemaksa par citu pienākumu pildīšanu</w:t>
             </w:r>
             <w:r w:rsidR="00D74515" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> (papildus darbs)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0909FDFA" w14:textId="6C71C88F" w:rsidR="00D56D43" w:rsidRPr="00B0732F" w:rsidRDefault="007B182F" w:rsidP="0041717D">
+          <w:p w14:paraId="0909FDFA" w14:textId="0AD30F79" w:rsidR="00D56D43" w:rsidRPr="00B0732F" w:rsidRDefault="007B182F" w:rsidP="0041717D">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">Ne vairāk kā </w:t>
             </w:r>
+            <w:r w:rsidR="00953442">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00953442" w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
             <w:r w:rsidR="00D56D43" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>30% no</w:t>
+              <w:t>% no</w:t>
             </w:r>
             <w:r w:rsidR="00D56D43" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> mēnešalgas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F611338" w14:textId="27F471BA" w:rsidR="00D56D43" w:rsidRPr="00B0732F" w:rsidRDefault="00C141A3" w:rsidP="0041717D">
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w14:paraId="30ED8AC7" w14:textId="6C25CA55" w:rsidR="00D56D43" w:rsidRDefault="00C141A3" w:rsidP="0041717D">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00D56D43" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>tlīdzības likuma 14.</w:t>
             </w:r>
-            <w:r w:rsidR="00A35540" w:rsidRPr="00B0732F">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="00BA22E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00D56D43" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>panta pirmā daļa</w:t>
             </w:r>
             <w:r w:rsidR="00D56D43" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F611338" w14:textId="63A40108" w:rsidR="00953442" w:rsidRPr="00B0732F" w:rsidRDefault="00AE6288" w:rsidP="0041717D">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MK </w:t>
+            </w:r>
+            <w:r w:rsidR="009C1354">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2026. gada 13. janvāra </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>noteikumu Nr. 13 3. punkts.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D56D43" w:rsidRPr="00B0732F" w14:paraId="7768AA40" w14:textId="77777777" w:rsidTr="0088293C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57B965A7" w14:textId="4B6D4B46" w:rsidR="00D56D43" w:rsidRPr="00B0732F" w:rsidRDefault="004442C4" w:rsidP="0041717D">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E7DABE1" w14:textId="3A2C65DD" w:rsidR="00D56D43" w:rsidRPr="00B0732F" w:rsidRDefault="009141F3" w:rsidP="0041717D">
+          <w:p w14:paraId="7E7DABE1" w14:textId="5E055984" w:rsidR="00D56D43" w:rsidRPr="00B0732F" w:rsidRDefault="009141F3" w:rsidP="0041717D">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00D56D43" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">iemaksa par virsstundu darbu </w:t>
             </w:r>
-            <w:r w:rsidR="004432D2" w:rsidRPr="00B0732F">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3637CC60" w14:textId="11352338" w:rsidR="00D56D43" w:rsidRPr="00B0732F" w:rsidRDefault="00D56D43" w:rsidP="0041717D">
-[...15 lines deleted...]
-              <w:t>100% no stundas algas likmes</w:t>
+          <w:p w14:paraId="3637CC60" w14:textId="2452CC00" w:rsidR="00D56D43" w:rsidRPr="00B0732F" w:rsidRDefault="00953442" w:rsidP="0041717D">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+            <w:r w:rsidR="00D56D43" w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>% no stundas algas likmes</w:t>
             </w:r>
             <w:r w:rsidR="000851C5" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:t xml:space="preserve"> vai apmaksāts atpūtas laiks citā </w:t>
+            </w:r>
+            <w:r w:rsidR="009C1354">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>darba</w:t>
+            </w:r>
+            <w:r w:rsidR="009C1354" w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="004432D2" w:rsidRPr="00B0732F">
-[...7 lines deleted...]
-            </w:r>
             <w:r w:rsidR="000851C5" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>vai apmaksāts atpūtas laiks citā nedēļas dienā</w:t>
+              <w:t>dienā</w:t>
             </w:r>
             <w:r w:rsidR="009141F3" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000851C5" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>proporcionāli nostrādāto virsstundu skaitam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15A85F9C" w14:textId="2C520023" w:rsidR="00D56D43" w:rsidRPr="00B0732F" w:rsidRDefault="00C141A3" w:rsidP="0041717D">
+          <w:p w14:paraId="4142B28F" w14:textId="43432134" w:rsidR="00D56D43" w:rsidRDefault="00C141A3" w:rsidP="0041717D">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00D56D43" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>tlīdzības likuma 14.</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidR="00D56D43" w:rsidRPr="00B0732F">
+              <w:t xml:space="preserve">tlīdzības likuma </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA22E3" w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>14.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA22E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA22E3" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">panta </w:t>
-            </w:r>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00D56D43" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>sestā</w:t>
             </w:r>
             <w:r w:rsidR="000851C5" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">, astotā un devītā </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="000851C5" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>prim</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00D56D43" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> daļa.</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="15A85F9C" w14:textId="5EAA408F" w:rsidR="00953442" w:rsidRPr="00953442" w:rsidRDefault="00953442" w:rsidP="0041717D">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00471B86">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Likuma “Par valsts budžetu 2026. gadam un budžeta ietvaru 2026., 2027. un 2028. gadam” 79. panta ceturt</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA22E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ais punkts</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00471B86">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D56D43" w:rsidRPr="00B0732F" w14:paraId="3B2CC088" w14:textId="77777777" w:rsidTr="0088293C">
+      <w:tr w:rsidR="00E96B55" w:rsidRPr="00B0732F" w14:paraId="5D2D3D87" w14:textId="77777777" w:rsidTr="0088293C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05585D81" w14:textId="4665D55A" w:rsidR="00D56D43" w:rsidRPr="00B0732F" w:rsidRDefault="004442C4" w:rsidP="0041717D">
+          <w:p w14:paraId="574A22FB" w14:textId="1B6528BC" w:rsidR="00E96B55" w:rsidRPr="00B0732F" w:rsidRDefault="00E96B55" w:rsidP="00E96B55">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A07C1E8" w14:textId="2428B525" w:rsidR="00D56D43" w:rsidRPr="00B0732F" w:rsidRDefault="009141F3" w:rsidP="0041717D">
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> nozīmīgu ieguldījumu institūcijas stratēģisko mērķu sasniegšanā</w:t>
+          <w:p w14:paraId="522CE195" w14:textId="2F38908A" w:rsidR="00E96B55" w:rsidRPr="00B0732F" w:rsidRDefault="00E96B55" w:rsidP="00E96B55">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Piemaksa par darbu svētku dienā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06A6A2EC" w14:textId="25A6A8FF" w:rsidR="0017678A" w:rsidRPr="00B0732F" w:rsidRDefault="00396F6F" w:rsidP="00396F6F">
+          <w:p w14:paraId="1ED6E846" w14:textId="22333623" w:rsidR="00E96B55" w:rsidRPr="00B0732F" w:rsidDel="00953442" w:rsidRDefault="00E96B55" w:rsidP="00E96B55">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>% no stundas algas likmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3599826C" w14:textId="1B13B30C" w:rsidR="00E96B55" w:rsidRPr="00B0732F" w:rsidRDefault="00E96B55" w:rsidP="00E96B55">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Atlīdzības likuma 14.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA22E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">panta piektā </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>prim</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> daļa.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E96B55" w:rsidRPr="00B0732F" w14:paraId="3B2CC088" w14:textId="77777777" w:rsidTr="0088293C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05585D81" w14:textId="12D87F27" w:rsidR="00E96B55" w:rsidRPr="00B0732F" w:rsidRDefault="00E96B55" w:rsidP="00E96B55">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A07C1E8" w14:textId="2428B525" w:rsidR="00E96B55" w:rsidRPr="00B0732F" w:rsidRDefault="00E96B55" w:rsidP="00E96B55">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Piemaksa par nozīmīgu ieguldījumu institūcijas stratēģisko mērķu sasniegšanā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06A6A2EC" w14:textId="507BB745" w:rsidR="00E96B55" w:rsidRPr="00B0732F" w:rsidRDefault="00E96B55" w:rsidP="00E96B55">
             <w:pPr>
               <w:ind w:right="102"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">Ne vairāk kā </w:t>
             </w:r>
-            <w:r w:rsidR="00D74515" w:rsidRPr="00B0732F">
-[...5 lines deleted...]
-              <w:t>3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>0% no</w:t>
             </w:r>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> mēnešalgas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="383E3145" w14:textId="78C2724E" w:rsidR="00D56D43" w:rsidRPr="00B0732F" w:rsidRDefault="00820A75" w:rsidP="0041717D">
-[...1 lines deleted...]
-              <w:ind w:left="40" w:right="100"/>
+          <w:p w14:paraId="383E3145" w14:textId="70EC7148" w:rsidR="00E96B55" w:rsidRPr="00B0732F" w:rsidRDefault="00E96B55" w:rsidP="002407A7">
+            <w:pPr>
+              <w:ind w:right="100"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>A</w:t>
-[...59 lines deleted...]
-            <w:r w:rsidR="00D56D43" w:rsidRPr="00B0732F">
+              <w:t>Atlīdzības likuma 14.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA22E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>panta divpadsmitā daļa</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41C4EFB5" w14:textId="6DBAA7D6" w:rsidR="00D56D43" w:rsidRPr="00B0732F" w:rsidRDefault="00D56D43" w:rsidP="007B182F">
+          <w:p w14:paraId="41C4EFB5" w14:textId="798C3A4D" w:rsidR="00E96B55" w:rsidRPr="00B0732F" w:rsidRDefault="00E96B55" w:rsidP="00E96B55">
             <w:pPr>
               <w:ind w:right="102"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>MK 2026. gada 13. janvāra noteikumu Nr. 13 7. punkts.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F6A44" w:rsidRPr="00B0732F" w14:paraId="2D9E1FD4" w14:textId="77777777" w:rsidTr="0088293C">
+      <w:tr w:rsidR="00E96B55" w:rsidRPr="00B0732F" w14:paraId="2D9E1FD4" w14:textId="77777777" w:rsidTr="0088293C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38D0C22A" w14:textId="44B31057" w:rsidR="006F6A44" w:rsidRPr="00B0732F" w:rsidRDefault="006F6A44" w:rsidP="0041717D">
+          <w:p w14:paraId="38D0C22A" w14:textId="16E64339" w:rsidR="00E96B55" w:rsidRPr="00B0732F" w:rsidRDefault="00E96B55" w:rsidP="00E96B55">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>5.</w:t>
+              <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BB587B8" w14:textId="1B175B68" w:rsidR="006F6A44" w:rsidRPr="00B0732F" w:rsidRDefault="006F6A44" w:rsidP="0041717D">
+          <w:p w14:paraId="3BB587B8" w14:textId="1B175B68" w:rsidR="00E96B55" w:rsidRPr="00B0732F" w:rsidRDefault="00E96B55" w:rsidP="00E96B55">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Piemaksa par diplomātisko rangu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E247C1B" w14:textId="6226B12B" w:rsidR="006F6A44" w:rsidRPr="00B0732F" w:rsidRDefault="006F6A44" w:rsidP="00396F6F">
+          <w:p w14:paraId="3E247C1B" w14:textId="39C2D2CA" w:rsidR="00E96B55" w:rsidRPr="00B0732F" w:rsidRDefault="00E96B55" w:rsidP="00E96B55">
             <w:pPr>
               <w:ind w:right="102"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>20 % no mēnešalgas</w:t>
+              <w:t>20% no mēnešalgas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18B9DE9E" w14:textId="23A9FDA6" w:rsidR="006F6A44" w:rsidRPr="00B0732F" w:rsidRDefault="006F6A44" w:rsidP="0041717D">
+          <w:p w14:paraId="43FAFF8C" w14:textId="77777777" w:rsidR="00E54CA0" w:rsidRDefault="00E96B55" w:rsidP="00E96B55">
             <w:pPr>
               <w:ind w:left="40" w:right="100"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...5 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
               </w:rPr>
-              <w:t>A</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F6A44">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
               </w:rPr>
-              <w:t>tlīdzības likuma 15. panta pirmā daļa</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6A44">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
               </w:rPr>
-              <w:t xml:space="preserve"> un </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F6A44">
+              <w:t>tlīdzības likuma 15.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA22E3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
               </w:rPr>
-              <w:t>Ministru kabineta 2022. gada 21. jūnija noteikumu Nr.361 “Noteikumi par valsts institūciju amatpersonu un darbinieku darba samaksu un tās noteikšanas kārtību, kā arī par profesijām un specifiskajām jomām, kurām piemērojams tirgus koeficients” 24. punkts</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6A44">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
               </w:rPr>
+              <w:t>panta pirmā daļa</w:t>
+            </w:r>
+            <w:r w:rsidR="00E54CA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="18B9DE9E" w14:textId="0F2A645F" w:rsidR="00E96B55" w:rsidRPr="00B0732F" w:rsidRDefault="00E96B55" w:rsidP="00E96B55">
+            <w:pPr>
+              <w:ind w:left="40" w:right="100"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6A44">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+              </w:rPr>
+              <w:t>Ministru kabineta 2022.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA22E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6A44">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+              </w:rPr>
+              <w:t>gada 21.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA22E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6A44">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+              </w:rPr>
+              <w:t>jūnija noteikumu Nr.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6A44">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+              </w:rPr>
+              <w:t>361 “Noteikumi par valsts institūciju amatpersonu un darbinieku darba samaksu un tās noteikšanas kārtību, kā arī par profesijām un specifiskajām jomām, kurām piemērojams tirgus koeficients” 24.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA22E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6A44">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+              </w:rPr>
+              <w:t>punkts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00385E46" w:rsidRPr="00B0732F" w14:paraId="715925CF" w14:textId="77777777" w:rsidTr="0088293C">
+      <w:tr w:rsidR="00E96B55" w:rsidRPr="00B0732F" w14:paraId="50F655D0" w14:textId="77777777" w:rsidTr="0088293C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="067E8848" w14:textId="11119E22" w:rsidR="00385E46" w:rsidRPr="00B0732F" w:rsidRDefault="006F6A44" w:rsidP="0041717D">
-[...351 lines deleted...]
-          <w:p w14:paraId="42796353" w14:textId="5FD01D38" w:rsidR="00385E46" w:rsidRPr="00B0732F" w:rsidRDefault="006F6A44" w:rsidP="0041717D">
+          <w:p w14:paraId="42796353" w14:textId="5FD01D38" w:rsidR="00E96B55" w:rsidRPr="00B0732F" w:rsidRDefault="00E96B55" w:rsidP="00E96B55">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="004442C4" w:rsidRPr="00B0732F">
+            <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45E43D05" w14:textId="1960177F" w:rsidR="00385E46" w:rsidRPr="00B0732F" w:rsidRDefault="00385E46" w:rsidP="0041717D">
+          <w:p w14:paraId="45E43D05" w14:textId="1960177F" w:rsidR="00E96B55" w:rsidRPr="00B0732F" w:rsidRDefault="00E96B55" w:rsidP="00E96B55">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Naudas balva</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6005C8CC" w14:textId="0D344B80" w:rsidR="00385E46" w:rsidRPr="00B0732F" w:rsidRDefault="00964E10" w:rsidP="0041717D">
-[...67 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="6005C8CC" w14:textId="7A6ADF50" w:rsidR="00E96B55" w:rsidRPr="00B0732F" w:rsidRDefault="00E96B55" w:rsidP="00E96B55">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Kalendāra gada ietvaros</w:t>
+            </w:r>
+            <w:r w:rsidR="000631D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>līdz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50% no </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>amatpersonai (darbiniekam) noteiktās mēnešalgas.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="204F1AAB" w14:textId="304416C5" w:rsidR="00E96B55" w:rsidRDefault="00E96B55" w:rsidP="00E96B55">
+            <w:pPr>
+              <w:ind w:left="40" w:right="100"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0007655B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Atlīdzības likuma 3.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA22E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007655B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>panta ceturtās daļas 5.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007655B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>punkts.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D51E242" w14:textId="682A00CE" w:rsidR="00E96B55" w:rsidRPr="0007655B" w:rsidRDefault="00E96B55" w:rsidP="00E96B55">
+            <w:pPr>
+              <w:ind w:left="40" w:right="100"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00471B86">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Likuma “Par valsts budžetu 2026. gadam un budžeta ietvaru 2026., 2027. un 2028. gadam” 79. panta </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>otr</w:t>
+            </w:r>
+            <w:r w:rsidR="008856EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ais punkts</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00471B86">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...6 lines deleted...]
-              <w:ind w:left="40" w:right="100"/>
+          <w:p w14:paraId="15BEE0A6" w14:textId="502C1A1D" w:rsidR="00E96B55" w:rsidRPr="0007655B" w:rsidRDefault="00E96B55" w:rsidP="00E96B55">
+            <w:pPr>
+              <w:ind w:left="40" w:right="102"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0007655B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>A</w:t>
-[...78 lines deleted...]
-          <w:p w14:paraId="3B7BFA94" w14:textId="77777777" w:rsidR="00EA4865" w:rsidRPr="0007655B" w:rsidRDefault="00385E46" w:rsidP="0041717D">
+              <w:t>Naudas balvu piešķir, izvērtējot Kancelejas amatpersonas (darbinieka) ieguldījumu Kancelejas izvirzīto mērķu, nodrošinot Valsts prezidenta darbību, sasniegšanā sakarā ar:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B7BFA94" w14:textId="42B58777" w:rsidR="00E96B55" w:rsidRPr="0007655B" w:rsidRDefault="00E96B55" w:rsidP="00E96B55">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="492" w:right="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0007655B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>amatpersonai (darbiniekam) svarīgu sasniegumu vai notikumu (apbalvojuma saņemšana, projektu, apjomīgu projektu vai pasākumu sekmīga īstenošana u.tml.);</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="58F52E19" w14:textId="638E68E3" w:rsidR="00385E46" w:rsidRPr="00B0732F" w:rsidRDefault="0007655B" w:rsidP="0041717D">
+              <w:t>amatpersonai (darbiniekam) svarīgu sasniegumu vai notikumu (apbalvojuma saņemšana, apjomīgu projektu vai pasākumu sekmīga īstenošana u.tml.);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58F52E19" w14:textId="638E68E3" w:rsidR="00E96B55" w:rsidRPr="00B0732F" w:rsidRDefault="00E96B55" w:rsidP="00E96B55">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="492" w:right="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0007655B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>Kancelejai</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> svarīgu sasniegumu vai notikumu (gadadienas, apjomīgu projektu vai pasākumu sekmīga īstenošana Valsts prezidenta darbības un funkciju izpildes nodrošināšanai, Valsts prezidenta kancelejas darbības rādītāju uzlabošana u.tml.).</w:t>
+              <w:t>Kancelejai svarīgu sasniegumu vai notikumu (gadadienas, apjomīgu projektu vai pasākumu sekmīga īstenošana Valsts prezidenta darbības un funkciju izpildes nodrošināšanai, Valsts prezidenta kancelejas darbības rādītāju uzlabošana u.tml.).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="37E86EFF" w14:textId="244AF220" w:rsidR="0088293C" w:rsidRPr="00B0732F" w:rsidRDefault="0088293C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64235B2F" w14:textId="1A1068C3" w:rsidR="00E95354" w:rsidRPr="00B0732F" w:rsidRDefault="00D74515" w:rsidP="00B0732F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B0732F">
         <w:rPr>
@@ -2052,64 +2125,62 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="7B68F2BE" w14:textId="51D9AE2D" w:rsidR="00622FDB" w:rsidRPr="00B0732F" w:rsidRDefault="00622FDB" w:rsidP="0041717D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> vai %)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2426" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
@@ -2259,138 +2330,154 @@
               <w:t xml:space="preserve">no </w:t>
             </w:r>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>mēnešalgas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2426" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="627E0102" w14:textId="3DED3EFB" w:rsidR="00622FDB" w:rsidRPr="00B0732F" w:rsidRDefault="00403292" w:rsidP="0041717D">
+          <w:p w14:paraId="627E0102" w14:textId="554E8779" w:rsidR="00622FDB" w:rsidRPr="00B0732F" w:rsidRDefault="00403292" w:rsidP="0041717D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="40" w:right="100"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00622FDB" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>tlīdzības likuma 3.</w:t>
             </w:r>
-            <w:r w:rsidR="00A35540" w:rsidRPr="00B0732F">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="00BA22E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00622FDB" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>panta ceturtās daļas 8.punkts</w:t>
+              <w:t>panta ceturtās daļas 8.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F9116F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00622FDB" w:rsidRPr="00B0732F">
               <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>punkts</w:t>
+            </w:r>
+            <w:r w:rsidR="00622FDB" w:rsidRPr="00B0732F">
+              <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DCA00EB" w14:textId="0092AD56" w:rsidR="004442C4" w:rsidRPr="0007655B" w:rsidRDefault="00B0732F" w:rsidP="0041717D">
+          <w:p w14:paraId="2DCA00EB" w14:textId="02FF6866" w:rsidR="004442C4" w:rsidRPr="0007655B" w:rsidRDefault="00B0732F" w:rsidP="0041717D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="40" w:right="100"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0007655B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Kancelejas</w:t>
+              <w:t>K</w:t>
             </w:r>
             <w:r w:rsidR="004442C4" w:rsidRPr="0007655B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> kritēriji: </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="67C0C6D2" w14:textId="4CDB483A" w:rsidR="004442C4" w:rsidRPr="0007655B" w:rsidRDefault="004442C4" w:rsidP="0041717D">
+              <w:t xml:space="preserve">ritēriji: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67C0C6D2" w14:textId="491AC802" w:rsidR="004442C4" w:rsidRPr="0007655B" w:rsidRDefault="004442C4" w:rsidP="0041717D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0007655B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
@@ -2433,96 +2520,114 @@
             <w:r w:rsidR="00622FDB" w:rsidRPr="0007655B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> nodarbināts ne mazāk </w:t>
             </w:r>
             <w:r w:rsidR="00403292" w:rsidRPr="0007655B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>par</w:t>
             </w:r>
             <w:r w:rsidR="00622FDB" w:rsidRPr="0007655B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> vienu gadu, neskaitot bērna kopšanas atvaļinājumu</w:t>
+              <w:t xml:space="preserve"> vienu gadu</w:t>
             </w:r>
             <w:r w:rsidRPr="0007655B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="015DD3A1" w14:textId="40C42703" w:rsidR="00622FDB" w:rsidRPr="00B0732F" w:rsidRDefault="004442C4" w:rsidP="0041717D">
+          <w:p w14:paraId="015DD3A1" w14:textId="2A1C18B4" w:rsidR="00622FDB" w:rsidRPr="00B0732F" w:rsidRDefault="004442C4" w:rsidP="0041717D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0007655B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidR="00622FDB" w:rsidRPr="0007655B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>zmaksā vienu reizi gadā, aizejot ikgadē</w:t>
+              <w:t xml:space="preserve">zmaksā vienu reizi </w:t>
+            </w:r>
+            <w:r w:rsidR="00224F1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kalendāra </w:t>
+            </w:r>
+            <w:r w:rsidR="00622FDB" w:rsidRPr="0007655B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>gadā, aizejot ikgadē</w:t>
             </w:r>
             <w:r w:rsidR="00092AE0" w:rsidRPr="0007655B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>j</w:t>
             </w:r>
             <w:r w:rsidR="00622FDB" w:rsidRPr="0007655B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ā apmaksātajā atvaļinājumā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D6250E" w:rsidRPr="00B0732F" w14:paraId="0A76167C" w14:textId="77777777" w:rsidTr="00585CC0">
         <w:trPr>
           <w:trHeight w:val="225"/>
@@ -2536,51 +2641,50 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="4BBBA917" w14:textId="28092CA2" w:rsidR="00622FDB" w:rsidRPr="00B0732F" w:rsidRDefault="00B56DFC" w:rsidP="0041717D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00622FDB" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1213" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="7952B8FC" w14:textId="704D8234" w:rsidR="00622FDB" w:rsidRPr="00B0732F" w:rsidRDefault="00622FDB" w:rsidP="00DD66BC">
@@ -2616,51 +2720,61 @@
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> vecāku, vecvecāku, adoptētāja vai adoptētā, brāļa</w:t>
             </w:r>
             <w:r w:rsidR="001268E8" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> māsas</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>māsas</w:t>
             </w:r>
             <w:r w:rsidR="001268E8" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, pusbrāļa vai pusmāsas</w:t>
             </w:r>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>) vai apgādājamā nāvi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1112" w:type="pct"/>
             <w:tcBorders>
@@ -2669,185 +2783,229 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="758F8F62" w14:textId="2E6BEC7D" w:rsidR="00622FDB" w:rsidRPr="00B0732F" w:rsidRDefault="00622FDB" w:rsidP="0041717D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="112" w:right="111"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Vienas</w:t>
             </w:r>
             <w:r w:rsidR="005A0F77" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001268E8" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>minimālās mēneša darba algas apmērā</w:t>
             </w:r>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2426" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="1F7C9BEA" w14:textId="34DE9BC1" w:rsidR="00622FDB" w:rsidRPr="0007655B" w:rsidRDefault="007C11B3" w:rsidP="0041717D">
+          <w:p w14:paraId="408C8B8B" w14:textId="77777777" w:rsidR="00CC6023" w:rsidRDefault="007C11B3" w:rsidP="0041717D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="40" w:right="100"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0007655B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlīdzības likuma </w:t>
             </w:r>
             <w:r w:rsidR="00622FDB" w:rsidRPr="0007655B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>20.</w:t>
             </w:r>
-            <w:r w:rsidR="00BC1B1E" w:rsidRPr="0007655B">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="00BA22E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00622FDB" w:rsidRPr="0007655B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>pants un Ministru kabineta 2010.</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidR="00622FDB" w:rsidRPr="0007655B">
+              <w:t>pants</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC6023">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F7C9BEA" w14:textId="402A613B" w:rsidR="00622FDB" w:rsidRPr="0007655B" w:rsidRDefault="00622FDB" w:rsidP="0041717D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="100"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0007655B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Ministru kabineta 2010.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA22E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007655B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>gada 21.</w:t>
             </w:r>
-            <w:r w:rsidR="00BC1B1E" w:rsidRPr="0007655B">
-[...31 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidR="001312AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007655B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>jūnija noteikumu Nr.</w:t>
+            </w:r>
+            <w:r w:rsidR="001312AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007655B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>565 “Noteikumi par valsts un pašvaldību institūciju amatpersonu un darbinieku sociālajām garantijām” VI.</w:t>
+            </w:r>
+            <w:r w:rsidR="001312AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007655B">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>nodaļa.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC1B1E" w:rsidRPr="00B0732F" w14:paraId="33EB191B" w14:textId="77777777" w:rsidTr="00585CC0">
         <w:trPr>
           <w:trHeight w:val="225"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="249" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="771B2FB4" w14:textId="6D137254" w:rsidR="00BC1B1E" w:rsidRPr="00B0732F" w:rsidRDefault="00BC1B1E" w:rsidP="0041717D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
@@ -2890,174 +3048,175 @@
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Pabalsts amatpersonai (darbiniekam) par katru apgādībā esošu bērnu ar invaliditāti līdz 18 gadu vecumam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1112" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="0E08FC36" w14:textId="273084DF" w:rsidR="00BC1B1E" w:rsidRPr="00B0732F" w:rsidRDefault="001268E8" w:rsidP="0041717D">
+          <w:p w14:paraId="0E08FC36" w14:textId="681E5A0F" w:rsidR="00BC1B1E" w:rsidRPr="00B0732F" w:rsidRDefault="001268E8" w:rsidP="0041717D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="112" w:right="111"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>750 </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t> apmērā reizi kalendāra gadā</w:t>
+            </w:r>
+            <w:r w:rsidR="00073365">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2426" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="020B9FB0" w14:textId="77777777" w:rsidR="00BC1B1E" w:rsidRPr="00B0732F" w:rsidRDefault="00AD4CC9" w:rsidP="0041717D">
+          <w:p w14:paraId="020B9FB0" w14:textId="7B59FC21" w:rsidR="00BC1B1E" w:rsidRPr="00B0732F" w:rsidRDefault="00AD4CC9" w:rsidP="0041717D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="40" w:right="100"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>Atlīdzības likuma 3. panta ceturtās daļas 7. punkts.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="79CDDA07" w14:textId="77777777" w:rsidR="00AD4CC9" w:rsidRPr="00B0732F" w:rsidRDefault="00AD4CC9" w:rsidP="00AD4CC9">
+              <w:t>Atlīdzības likuma 3.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA22E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>panta ceturtās daļas 7.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA22E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>punkts.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09C05E37" w14:textId="3F5933AB" w:rsidR="00AD4CC9" w:rsidRPr="00B0732F" w:rsidRDefault="00AD4CC9" w:rsidP="00CB6428">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="100"/>
+              <w:ind w:left="760" w:right="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B0732F">
-[...31 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0007655B" w:rsidRPr="00B0732F" w14:paraId="1947222B" w14:textId="77777777" w:rsidTr="00585CC0">
         <w:trPr>
           <w:trHeight w:val="225"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="249" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="7036216A" w14:textId="04C144E3" w:rsidR="0007655B" w:rsidRPr="00B0732F" w:rsidRDefault="0007655B" w:rsidP="0041717D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -3163,177 +3322,164 @@
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> (amatpersonas)</w:t>
             </w:r>
             <w:r w:rsidRPr="0007655B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> darbinieka apbedīšanu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1112" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="6B4BFAAD" w14:textId="6D62E4CC" w:rsidR="0007655B" w:rsidRPr="00B0732F" w:rsidRDefault="0007655B" w:rsidP="0041717D">
+          <w:p w14:paraId="6B4BFAAD" w14:textId="06F5F109" w:rsidR="0007655B" w:rsidRPr="00B0732F" w:rsidRDefault="0007655B" w:rsidP="0041717D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="112" w:right="111"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidRPr="0007655B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>ienas</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> (amatpersonai)</w:t>
             </w:r>
             <w:r w:rsidRPr="0007655B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> darbiniekam noteiktās mēnešalgas apmērā</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD46C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2426" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="695130BD" w14:textId="02A725B0" w:rsidR="0007655B" w:rsidRDefault="004C7F80" w:rsidP="0041717D">
+          <w:p w14:paraId="695130BD" w14:textId="6477AF4E" w:rsidR="0007655B" w:rsidRDefault="004C7F80" w:rsidP="0041717D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="40" w:right="100"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>Atlīdzības likuma 19. panta pirmā daļa.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3263FA2B" w14:textId="59D6D739" w:rsidR="0007655B" w:rsidRPr="0007655B" w:rsidRDefault="0007655B" w:rsidP="0007655B">
+              <w:t>Atlīdzības likuma 19.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA22E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>panta pirmā daļa.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CDCAF8A" w14:textId="50480C44" w:rsidR="0007655B" w:rsidRPr="0007655B" w:rsidRDefault="0007655B" w:rsidP="00CB6428">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="100"/>
+              <w:ind w:left="760" w:right="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0007655B">
-[...31 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A5BDA" w:rsidRPr="00B0732F" w14:paraId="28EBF6C6" w14:textId="77777777" w:rsidTr="00585CC0">
         <w:trPr>
           <w:trHeight w:val="225"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="249" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="3E1C4591" w14:textId="0F2C4669" w:rsidR="003A5BDA" w:rsidRPr="00B0732F" w:rsidRDefault="0007655B" w:rsidP="0041717D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
@@ -3424,85 +3570,85 @@
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Viena līdz četru mēnešu vidējās izpeļņas apmērā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2426" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="5D0521BB" w14:textId="2BB6294C" w:rsidR="003A5BDA" w:rsidRPr="00B0732F" w:rsidRDefault="007C11B3" w:rsidP="0041717D">
+          <w:p w14:paraId="5D0521BB" w14:textId="6A7F0CA9" w:rsidR="003A5BDA" w:rsidRPr="00B0732F" w:rsidRDefault="007C11B3" w:rsidP="0041717D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="40" w:right="100"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlīdzības likuma </w:t>
             </w:r>
             <w:r w:rsidR="003A5BDA" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>17.</w:t>
             </w:r>
-            <w:r w:rsidR="00A35540" w:rsidRPr="00B0732F">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="00BA22E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="003A5BDA" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>panta pirmā, otrā un ceturtā daļa.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A5BDA" w:rsidRPr="00B0732F" w14:paraId="580820A5" w14:textId="77777777" w:rsidTr="00425A4D">
         <w:trPr>
           <w:trHeight w:val="225"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="249" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -3584,143 +3730,159 @@
               </w:rPr>
               <w:t>Vienas mēnešalgas apmērā</w:t>
             </w:r>
             <w:r w:rsidR="003D6076" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2426" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="32E6B706" w14:textId="5AFA6C5D" w:rsidR="003A5BDA" w:rsidRPr="00B0732F" w:rsidRDefault="007C11B3" w:rsidP="0041717D">
+          <w:p w14:paraId="32E6B706" w14:textId="4A06A893" w:rsidR="003A5BDA" w:rsidRPr="00B0732F" w:rsidRDefault="007C11B3" w:rsidP="0041717D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="40" w:right="100"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlīdzības likuma </w:t>
             </w:r>
             <w:r w:rsidR="003A5BDA" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>17.</w:t>
             </w:r>
-            <w:r w:rsidR="00A35540" w:rsidRPr="00B0732F">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="00BA22E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="003A5BDA" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>panta devītā daļa</w:t>
+              <w:t>panta devītā</w:t>
+            </w:r>
+            <w:r w:rsidR="00360BF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="003A5BDA" w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> daļa</w:t>
             </w:r>
             <w:r w:rsidR="00B0732F" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>s 3.</w:t>
             </w:r>
             <w:r w:rsidR="00B0732F" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
+            <w:r w:rsidR="00BA22E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidR="00B0732F" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t xml:space="preserve"> punkts</w:t>
+              <w:t>punkts</w:t>
             </w:r>
             <w:r w:rsidR="00E37580" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidR="00B0732F" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t xml:space="preserve">Valsts prezidenta padomniekam, Valsts prezidenta kancelejas vadītājam un viņa vietniekam, izbeidzoties darba līgumam, kas noslēgts uz Valsts prezidenta pilnvaru laiku. Pabalstu izmaksā, ja šī amatpersona sniegusi apliecinājumu, ka uz to neattiecas šajā punktā minētie pabalsta izmaksas ierobežojumi. Ja Valsts prezidenta padomnieks, Valsts prezidenta kancelejas vadītājs vai viņa vietnieks turpina veikt tos pašus pienākumus tā paša vai nākamā Valsts prezidenta pilnvaru laikā, veic Ministru kabineta locekļa konsultatīvās amatpersonas (darbinieka), Ministru kabineta locekļa, parlamentārā sekretāra vai Saeimas deputāta, valsts vai pašvaldības institūcijas amatpersonas (darbinieka) pienākumus vai </w:t>
-[...8 lines deleted...]
-              <w:t>uzsāk to pildīšanu mēneša laikā no darba līguma izbeigšanās dienas, atlaišanas pabalstu neizmaksā.</w:t>
+              <w:t>Valsts prezidenta padomniekam, Valsts prezidenta kancelejas vadītājam un viņa vietniekam, izbeidzoties darba līgumam, kas noslēgts uz Valsts prezidenta pilnvaru laiku. Pabalstu izmaksā, ja šī amatpersona sniegusi apliecinājumu, ka uz to neattiecas šajā punktā minētie pabalsta izmaksas ierobežojumi. Ja Valsts prezidenta padomnieks, Valsts prezidenta kancelejas vadītājs vai viņa vietnieks turpina veikt tos pašus pienākumus tā paša vai nākamā Valsts prezidenta pilnvaru laikā, veic Ministru kabineta locekļa konsultatīvās amatpersonas (darbinieka), Ministru kabineta locekļa, parlamentārā sekretāra vai Saeimas deputāta, valsts vai pašvaldības institūcijas amatpersonas (darbinieka) pienākumus vai uzsāk to pildīšanu mēneša laikā no darba līguma izbeigšanās dienas, atlaišanas pabalstu neizmaksā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A5BDA" w:rsidRPr="00B0732F" w14:paraId="77F6D696" w14:textId="77777777" w:rsidTr="00585CC0">
         <w:trPr>
           <w:trHeight w:val="225"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="249" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="4F2605BD" w14:textId="0A1B8D41" w:rsidR="003A5BDA" w:rsidRPr="00B0732F" w:rsidRDefault="003A5BDA" w:rsidP="0041717D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
@@ -3794,85 +3956,85 @@
               </w:rPr>
               <w:t>Viena mēneša vidējās izpeļņas apmērā</w:t>
             </w:r>
             <w:r w:rsidR="003A5BDA" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2426" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="3F27E130" w14:textId="6E5A0912" w:rsidR="003A5BDA" w:rsidRPr="00B0732F" w:rsidRDefault="007C11B3" w:rsidP="0041717D">
+          <w:p w14:paraId="3F27E130" w14:textId="06C2B1AE" w:rsidR="003A5BDA" w:rsidRPr="00B0732F" w:rsidRDefault="007C11B3" w:rsidP="0041717D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="100"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlīdzības likuma </w:t>
             </w:r>
             <w:r w:rsidR="003A5BDA" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>17.</w:t>
             </w:r>
-            <w:r w:rsidR="00A35540" w:rsidRPr="00B0732F">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="00BA22E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="003A5BDA" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>panta četrpadsmitā daļa – izbeidzot darba tiesiskās attiecības pēc savstarpējas vienošanās.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD20B9" w:rsidRPr="00B0732F" w14:paraId="751D2DCD" w14:textId="77777777" w:rsidTr="00585CC0">
         <w:trPr>
           <w:trHeight w:val="225"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="249" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -3979,85 +4141,85 @@
               </w:rPr>
               <w:t xml:space="preserve">Veselības apdrošināšanas prēmija nedrīkst pārsniegt normatīvajos aktos par iedzīvotāju ienākuma nodokli noteikto apmēru. </w:t>
             </w:r>
             <w:r w:rsidR="00172949" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Ja apdrošināšanas polise pārsniedz minēto apmēru, darbinieks sedz prēmijas starpību.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2426" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="5B7992E8" w14:textId="0E2CE309" w:rsidR="008B5AC4" w:rsidRPr="00B0732F" w:rsidRDefault="007C11B3" w:rsidP="0041717D">
+          <w:p w14:paraId="5B7992E8" w14:textId="59C5CF4C" w:rsidR="008B5AC4" w:rsidRPr="00B0732F" w:rsidRDefault="007C11B3" w:rsidP="0041717D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="40" w:right="100"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlīdzības likuma </w:t>
             </w:r>
             <w:r w:rsidR="008B5AC4" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>37.</w:t>
             </w:r>
-            <w:r w:rsidR="00BC1B1E" w:rsidRPr="00B0732F">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="00BA22E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="008B5AC4" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>panta pirmā un otrā daļa.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4805CB28" w14:textId="437D9C2F" w:rsidR="008B5AC4" w:rsidRPr="00B0732F" w:rsidRDefault="0005244B" w:rsidP="0005244B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="40" w:right="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
@@ -4290,218 +4452,285 @@
               </w:rPr>
               <w:t xml:space="preserve"> gadā</w:t>
             </w:r>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2426" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="465CF301" w14:textId="5F253E8D" w:rsidR="007E3A26" w:rsidRPr="00B0732F" w:rsidRDefault="007E3A26" w:rsidP="007E3A26">
+          <w:p w14:paraId="465CF301" w14:textId="105F35A1" w:rsidR="007E3A26" w:rsidRPr="00B0732F" w:rsidRDefault="007E3A26" w:rsidP="007E3A26">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="112" w:right="111"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Ministru kabineta 2010.</w:t>
             </w:r>
-            <w:r w:rsidR="00BC1B1E" w:rsidRPr="00B0732F">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="00BA22E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>gada 8.</w:t>
             </w:r>
-            <w:r w:rsidR="00BC1B1E" w:rsidRPr="00B0732F">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">februāra noteikumu Nr.343 </w:t>
+            <w:r w:rsidR="00BA22E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>februāra noteikumu Nr.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD46C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">343 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD46C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>“Darba aizsardzības prasības strādājot ar datoru”</w:t>
             </w:r>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t xml:space="preserve">“Darba aizsardzības prasības strādājot ar datoru” </w:t>
-[...15 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="76E34088" w14:textId="4ED041CD" w:rsidR="007E3A26" w:rsidRPr="00B0732F" w:rsidRDefault="00B0732F" w:rsidP="007E3A26">
+            <w:r w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD46C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>punkts.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76E34088" w14:textId="32C77A2A" w:rsidR="007E3A26" w:rsidRPr="00B0732F" w:rsidRDefault="00B0732F" w:rsidP="007E3A26">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="112" w:right="111"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Kancelejas</w:t>
+              <w:t>K</w:t>
             </w:r>
             <w:r w:rsidR="007E3A26" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> kritēriji:</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="072F9314" w14:textId="77777777" w:rsidR="007E3A26" w:rsidRPr="00B0732F" w:rsidRDefault="007E3A26" w:rsidP="007E3A26">
+              <w:t>ritēriji:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="072F9314" w14:textId="7FEE43FB" w:rsidR="007E3A26" w:rsidRPr="00B0732F" w:rsidRDefault="007E3A26" w:rsidP="007E3A26">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="111"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>piešķir reizi gadā, ja obligātajā veselības pārbaudē konstatēts, ka darbiniekam darba pienākumu veikšanai nepieciešami piemēroti speciāli medicīniski optiski redzes korekcijas līdzekļi (brilles vai kontaktlēcas);</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6B5BE077" w14:textId="3AC61F07" w:rsidR="007E3A26" w:rsidRPr="00B0732F" w:rsidRDefault="00B0732F" w:rsidP="007E3A26">
+              <w:t>piešķir</w:t>
+            </w:r>
+            <w:r w:rsidR="00333505">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ja obligātajā veselības pārbaudē konstatēts, ka darbiniekam darba pienākumu veikšanai nepieciešami speciāli medicīniski optiski redzes korekcijas līdzekļi (brilles vai kontaktlēcas)</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD4B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B5BE077" w14:textId="0699F04B" w:rsidR="007E3A26" w:rsidRPr="00B0732F" w:rsidRDefault="00B0732F" w:rsidP="007E3A26">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="40" w:right="100"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="007E3A26" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">pmēru nosaka katru gadu ar </w:t>
+              <w:t xml:space="preserve">pmēru nosaka ar </w:t>
             </w:r>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Kancelejas</w:t>
             </w:r>
             <w:r w:rsidR="007E3A26" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> vadītāja rīkojumu, ņemot vērā pieejamos finanšu resursus.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E3A26" w:rsidRPr="00B0732F" w14:paraId="67072DB0" w14:textId="77777777" w:rsidTr="00425A4D">
         <w:trPr>
           <w:trHeight w:val="225"/>
@@ -4597,169 +4826,161 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="112" w:right="111"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2426" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="57CCCDFC" w14:textId="32DD8AF4" w:rsidR="007E3A26" w:rsidRPr="00B0732F" w:rsidRDefault="00B56DFC" w:rsidP="00B56DFC">
+          <w:p w14:paraId="57CCCDFC" w14:textId="3624F24D" w:rsidR="007E3A26" w:rsidRPr="00B0732F" w:rsidRDefault="00AA3009" w:rsidP="00B56DFC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="111"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="007E3A26" w:rsidRPr="00B0732F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>tlīdzības</w:t>
+            </w:r>
+            <w:r w:rsidR="007E3A26" w:rsidRPr="00B0732F" w:rsidDel="00F60BF5">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00AA3009" w:rsidRPr="00B0732F">
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidR="007E3A26" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>tlīdzības</w:t>
-[...14 lines deleted...]
-              </w:rPr>
               <w:t>likuma 27.</w:t>
             </w:r>
-            <w:r w:rsidR="00BC1B1E" w:rsidRPr="00B0732F">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="00BA22E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007E3A26" w:rsidRPr="00B0732F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>pants.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5F6C00C5" w14:textId="77777777" w:rsidR="00166765" w:rsidRPr="00B0732F" w:rsidRDefault="00166765" w:rsidP="00BE23F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00166765" w:rsidRPr="00B0732F" w:rsidSect="00255824">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="993" w:right="1440" w:bottom="1418" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="68D8083C" w14:textId="77777777" w:rsidR="00255824" w:rsidRDefault="00255824" w:rsidP="00DE6956">
+    <w:p w14:paraId="0EE99F90" w14:textId="77777777" w:rsidR="00763E8D" w:rsidRDefault="00763E8D" w:rsidP="00DE6956">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7CF9A308" w14:textId="77777777" w:rsidR="00255824" w:rsidRDefault="00255824" w:rsidP="00DE6956">
+    <w:p w14:paraId="5E3BD614" w14:textId="77777777" w:rsidR="00763E8D" w:rsidRDefault="00763E8D" w:rsidP="00DE6956">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -4776,113 +4997,150 @@
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2959B521" w14:textId="77777777" w:rsidR="00255824" w:rsidRDefault="00255824" w:rsidP="00DE6956">
+    <w:p w14:paraId="60276F17" w14:textId="77777777" w:rsidR="00763E8D" w:rsidRDefault="00763E8D" w:rsidP="00DE6956">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4EFB5389" w14:textId="77777777" w:rsidR="00255824" w:rsidRDefault="00255824" w:rsidP="00DE6956">
+    <w:p w14:paraId="4C2D84ED" w14:textId="77777777" w:rsidR="00763E8D" w:rsidRDefault="00763E8D" w:rsidP="00DE6956">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="24C3FDB1" w14:textId="4DFAB426" w:rsidR="00C141A3" w:rsidRPr="00C141A3" w:rsidRDefault="00C141A3">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D74515">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00D74515">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Valsts un pašvaldību institūciju amatpersonu un darbinieku atlīdzības likums</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="5E342D7D" w14:textId="251B087F" w:rsidR="004340D8" w:rsidRPr="004340D8" w:rsidRDefault="004340D8">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004340D8">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="004340D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004340D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ministru kabineta 2026. gada 13. janvāra noteikumi Nr. 13 “Noteikumi par piemaksu noteikšanas kārtību un to apmēru valsts un pašvaldību institūcijās 2026. gadā”</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27437AE1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3FE0F0BE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5536,293 +5794,351 @@
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="696154150">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1613778544">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="513375305">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="362637320">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="960919330">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1286935541">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001A24DF"/>
     <w:rsid w:val="000126A9"/>
     <w:rsid w:val="0002338B"/>
     <w:rsid w:val="00033200"/>
     <w:rsid w:val="0005244B"/>
     <w:rsid w:val="000615AB"/>
+    <w:rsid w:val="000631D2"/>
     <w:rsid w:val="00066B97"/>
     <w:rsid w:val="00066C49"/>
+    <w:rsid w:val="00073365"/>
     <w:rsid w:val="0007655B"/>
+    <w:rsid w:val="0008300D"/>
     <w:rsid w:val="000851C5"/>
     <w:rsid w:val="00092AE0"/>
     <w:rsid w:val="000B4D6B"/>
+    <w:rsid w:val="000D5AD4"/>
     <w:rsid w:val="000E5DE4"/>
     <w:rsid w:val="000F2021"/>
     <w:rsid w:val="0011301C"/>
     <w:rsid w:val="001159B3"/>
     <w:rsid w:val="001268E8"/>
+    <w:rsid w:val="001312AD"/>
+    <w:rsid w:val="00156443"/>
     <w:rsid w:val="00166765"/>
     <w:rsid w:val="00172949"/>
     <w:rsid w:val="0017678A"/>
     <w:rsid w:val="00193A7C"/>
     <w:rsid w:val="0019609B"/>
     <w:rsid w:val="001A24DF"/>
     <w:rsid w:val="001B6FCE"/>
     <w:rsid w:val="001D6ACC"/>
     <w:rsid w:val="001F2A75"/>
+    <w:rsid w:val="00224F1E"/>
     <w:rsid w:val="00234E51"/>
+    <w:rsid w:val="002407A7"/>
     <w:rsid w:val="00243DE4"/>
     <w:rsid w:val="00255824"/>
     <w:rsid w:val="00282B54"/>
+    <w:rsid w:val="00297498"/>
     <w:rsid w:val="002A04CE"/>
     <w:rsid w:val="002A5902"/>
     <w:rsid w:val="002F0395"/>
     <w:rsid w:val="0031783F"/>
+    <w:rsid w:val="00333505"/>
+    <w:rsid w:val="00336B6F"/>
     <w:rsid w:val="003405FD"/>
     <w:rsid w:val="00351274"/>
     <w:rsid w:val="003566A0"/>
+    <w:rsid w:val="00360BF4"/>
     <w:rsid w:val="00385B79"/>
     <w:rsid w:val="00385E46"/>
     <w:rsid w:val="00396F6F"/>
     <w:rsid w:val="003A4000"/>
     <w:rsid w:val="003A5BDA"/>
     <w:rsid w:val="003D5315"/>
     <w:rsid w:val="003D6076"/>
     <w:rsid w:val="003E755B"/>
     <w:rsid w:val="003F2212"/>
     <w:rsid w:val="00403292"/>
     <w:rsid w:val="004136BC"/>
     <w:rsid w:val="0041717D"/>
     <w:rsid w:val="00425A4D"/>
     <w:rsid w:val="00425CDC"/>
+    <w:rsid w:val="004340D8"/>
     <w:rsid w:val="00437B35"/>
     <w:rsid w:val="004432D2"/>
     <w:rsid w:val="004442C4"/>
     <w:rsid w:val="00444541"/>
     <w:rsid w:val="00452D16"/>
+    <w:rsid w:val="00453E8F"/>
     <w:rsid w:val="00456429"/>
     <w:rsid w:val="00467630"/>
+    <w:rsid w:val="00471B86"/>
     <w:rsid w:val="0049322D"/>
+    <w:rsid w:val="00497412"/>
     <w:rsid w:val="004A10E2"/>
     <w:rsid w:val="004A1521"/>
     <w:rsid w:val="004A70B2"/>
     <w:rsid w:val="004B1277"/>
     <w:rsid w:val="004C7BB7"/>
     <w:rsid w:val="004C7CAA"/>
     <w:rsid w:val="004C7F80"/>
     <w:rsid w:val="004D737E"/>
     <w:rsid w:val="004F78AD"/>
     <w:rsid w:val="00506B0B"/>
+    <w:rsid w:val="00511B15"/>
+    <w:rsid w:val="00513790"/>
     <w:rsid w:val="00540723"/>
     <w:rsid w:val="00547B46"/>
     <w:rsid w:val="005538CB"/>
     <w:rsid w:val="00582F33"/>
     <w:rsid w:val="00585CC0"/>
+    <w:rsid w:val="00591968"/>
     <w:rsid w:val="005A0F77"/>
     <w:rsid w:val="005B0561"/>
+    <w:rsid w:val="005E17F7"/>
     <w:rsid w:val="00603E3B"/>
+    <w:rsid w:val="0060491A"/>
     <w:rsid w:val="00622FDB"/>
     <w:rsid w:val="00634A85"/>
     <w:rsid w:val="00642647"/>
     <w:rsid w:val="00663AF0"/>
     <w:rsid w:val="00666124"/>
+    <w:rsid w:val="00687954"/>
     <w:rsid w:val="006960B3"/>
     <w:rsid w:val="006B4957"/>
     <w:rsid w:val="006C013C"/>
     <w:rsid w:val="006D61D2"/>
+    <w:rsid w:val="006F07CC"/>
     <w:rsid w:val="006F6A44"/>
+    <w:rsid w:val="00736704"/>
     <w:rsid w:val="00747DAB"/>
     <w:rsid w:val="00757FA5"/>
+    <w:rsid w:val="00763E8D"/>
     <w:rsid w:val="00764601"/>
     <w:rsid w:val="00771354"/>
     <w:rsid w:val="00777924"/>
+    <w:rsid w:val="007920E3"/>
+    <w:rsid w:val="00795BBD"/>
     <w:rsid w:val="007B182F"/>
     <w:rsid w:val="007C11B3"/>
     <w:rsid w:val="007E3A26"/>
     <w:rsid w:val="007E7C95"/>
     <w:rsid w:val="007F0BED"/>
+    <w:rsid w:val="007F706C"/>
+    <w:rsid w:val="00802F5A"/>
     <w:rsid w:val="00816673"/>
     <w:rsid w:val="00820A75"/>
     <w:rsid w:val="008511CF"/>
     <w:rsid w:val="0085163D"/>
     <w:rsid w:val="00856A80"/>
     <w:rsid w:val="00861A93"/>
     <w:rsid w:val="008634DD"/>
     <w:rsid w:val="008720B9"/>
     <w:rsid w:val="0088293C"/>
+    <w:rsid w:val="008856EE"/>
     <w:rsid w:val="0089448D"/>
     <w:rsid w:val="008A5514"/>
     <w:rsid w:val="008B5AC4"/>
     <w:rsid w:val="008C5FE7"/>
     <w:rsid w:val="008E259D"/>
     <w:rsid w:val="008F5A59"/>
     <w:rsid w:val="009016AD"/>
     <w:rsid w:val="0091060F"/>
     <w:rsid w:val="009141F3"/>
     <w:rsid w:val="00916091"/>
+    <w:rsid w:val="00953442"/>
     <w:rsid w:val="00964E10"/>
     <w:rsid w:val="00964F3C"/>
+    <w:rsid w:val="009A24B3"/>
     <w:rsid w:val="009A3000"/>
     <w:rsid w:val="009A6547"/>
     <w:rsid w:val="009B6899"/>
+    <w:rsid w:val="009C1354"/>
     <w:rsid w:val="009C20DE"/>
     <w:rsid w:val="009F4CDE"/>
     <w:rsid w:val="00A17193"/>
     <w:rsid w:val="00A21F1C"/>
     <w:rsid w:val="00A26123"/>
     <w:rsid w:val="00A35540"/>
     <w:rsid w:val="00A377BC"/>
     <w:rsid w:val="00A42177"/>
     <w:rsid w:val="00A757A5"/>
     <w:rsid w:val="00A92112"/>
     <w:rsid w:val="00AA3009"/>
     <w:rsid w:val="00AA3973"/>
+    <w:rsid w:val="00AB0FC8"/>
+    <w:rsid w:val="00AC0030"/>
     <w:rsid w:val="00AD20B9"/>
+    <w:rsid w:val="00AD46C3"/>
+    <w:rsid w:val="00AD4B6E"/>
     <w:rsid w:val="00AD4CC9"/>
+    <w:rsid w:val="00AE6288"/>
     <w:rsid w:val="00AF6561"/>
     <w:rsid w:val="00B059A7"/>
     <w:rsid w:val="00B0732F"/>
     <w:rsid w:val="00B33CC2"/>
     <w:rsid w:val="00B56DFC"/>
     <w:rsid w:val="00B808EF"/>
     <w:rsid w:val="00B93F4E"/>
     <w:rsid w:val="00B95486"/>
     <w:rsid w:val="00BA114D"/>
+    <w:rsid w:val="00BA22E3"/>
     <w:rsid w:val="00BB7395"/>
     <w:rsid w:val="00BC07FB"/>
     <w:rsid w:val="00BC1B1E"/>
+    <w:rsid w:val="00BC28E4"/>
+    <w:rsid w:val="00BC2ADC"/>
+    <w:rsid w:val="00BC53D5"/>
+    <w:rsid w:val="00BD415B"/>
     <w:rsid w:val="00BE23F5"/>
     <w:rsid w:val="00BE6659"/>
     <w:rsid w:val="00BF282B"/>
     <w:rsid w:val="00C141A3"/>
     <w:rsid w:val="00C23589"/>
     <w:rsid w:val="00C60E37"/>
     <w:rsid w:val="00C84428"/>
+    <w:rsid w:val="00CB6428"/>
+    <w:rsid w:val="00CC6023"/>
+    <w:rsid w:val="00CD03D9"/>
     <w:rsid w:val="00CF11C8"/>
+    <w:rsid w:val="00CF4706"/>
+    <w:rsid w:val="00D156F8"/>
     <w:rsid w:val="00D314B6"/>
     <w:rsid w:val="00D31F0F"/>
     <w:rsid w:val="00D56D43"/>
     <w:rsid w:val="00D6250E"/>
     <w:rsid w:val="00D74515"/>
+    <w:rsid w:val="00DA6B0D"/>
     <w:rsid w:val="00DB4CF3"/>
     <w:rsid w:val="00DD2A58"/>
     <w:rsid w:val="00DD66BC"/>
     <w:rsid w:val="00DE6956"/>
     <w:rsid w:val="00DE7826"/>
     <w:rsid w:val="00DF3517"/>
     <w:rsid w:val="00E05F1C"/>
+    <w:rsid w:val="00E14ECD"/>
     <w:rsid w:val="00E37580"/>
     <w:rsid w:val="00E377AC"/>
     <w:rsid w:val="00E457AA"/>
+    <w:rsid w:val="00E54CA0"/>
     <w:rsid w:val="00E6502C"/>
     <w:rsid w:val="00E75701"/>
     <w:rsid w:val="00E757A0"/>
     <w:rsid w:val="00E7754C"/>
+    <w:rsid w:val="00E85BBB"/>
     <w:rsid w:val="00E95354"/>
+    <w:rsid w:val="00E96B55"/>
     <w:rsid w:val="00EA18B5"/>
     <w:rsid w:val="00EA4865"/>
+    <w:rsid w:val="00EB5A2E"/>
     <w:rsid w:val="00ED4026"/>
+    <w:rsid w:val="00F138B2"/>
     <w:rsid w:val="00F4083E"/>
+    <w:rsid w:val="00F43842"/>
     <w:rsid w:val="00F47438"/>
     <w:rsid w:val="00F57F60"/>
     <w:rsid w:val="00F7408A"/>
+    <w:rsid w:val="00F854EB"/>
+    <w:rsid w:val="00F9116F"/>
     <w:rsid w:val="00F95EF5"/>
     <w:rsid w:val="00FC1EB9"/>
     <w:rsid w:val="00FC6FF4"/>
     <w:rsid w:val="00FD0B40"/>
     <w:rsid w:val="00FD11F0"/>
     <w:rsid w:val="00FE5E6C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="15FFDC83"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C53EDFF0-3348-4ECB-A918-C84D22542F61}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6457,62 +6773,73 @@
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00243DE4"/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00243DE4"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00953442"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6766,80 +7093,96 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53FDE701-12E3-4D25-87C8-685C0149F857}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>821</Words>
-  <Characters>5595</Characters>
+  <Words>3875</Words>
+  <Characters>2210</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>207</Lines>
-  <Paragraphs>108</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6308</CharactersWithSpaces>
+  <CharactersWithSpaces>6073</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ieva Zuntmane</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>09cbabfdfc46e1ad6826dd9d3ccdc0fd01cb1d1e33f0214f127212270f6077db</vt:lpwstr>